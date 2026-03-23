--- v0 (2026-02-04)
+++ v1 (2026-03-23)
@@ -10,158 +10,362 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="36">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="208" uniqueCount="104">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
     <t>2026</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Poder Executivo - EXEC</t>
   </si>
   <si>
-    <t>https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2026/342/projeto_de_lei_001-2026_-_salario_minimo.pdf</t>
+    <t>http://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2026/342/projeto_de_lei_001-2026_-_salario_minimo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O VALOR DO MENOR SALÁRIO DOS SERVIDORES MUNICIPAIS DE CUITEGI/PB, A PARTIR DE 1º DE JANEIRO DE 2026 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2026/339/projeto_de_lei_no_002-2026_-_festa_de_reis.pdf</t>
+    <t>http://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2026/339/projeto_de_lei_no_002-2026_-_festa_de_reis.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL AO ORÇAMENTO VIGENTE 2026 POR ANULAÇÃO DE DOTAÇÃO NO VALOR DE R$ 100.000,00, (CEM MIL REAIS) PARA CRIAÇÃO DE NOVA DOTAÇÃO DO CONVÊNIO Nº 0189/2025 CELEBRADO COM O GOVERNO DO ESTADO-PB APOIO CULTURAL PARA A FESTA DE SANTOS REIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2026/344/projeto_de_lei_no_003-2026_-_construcao_de_calcamaneot_96.000.pdf</t>
+    <t>http://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2026/344/projeto_de_lei_no_003-2026_-_construcao_de_calcamaneot_96.000.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO ESPECIAL AO ORÇAMENTO VIGENTE 2026 POR SUPERÁVIT FINANCEIRO NO VALOR DE R$ 96.000,00, (NOVENTA E SEIS MIL REAIS), PARA CONSTRUÇÃO DE CALÇAMENTO EM PARALELEPÍPEDOS NO SÍTIO BARRAGEM E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2026/343/projeto_de_lei_no_004-2026_-_passagem_molhada_300.00000.pdf</t>
+    <t>http://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2026/343/projeto_de_lei_no_004-2026_-_passagem_molhada_300.00000.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL AO ORÇAMENTO VIGENTE 2026 POR SUPERÁVIT FINANCEIRO NO VALOR DE R$ 300.000,00, (TREZENTOS MIL REAIS), PARA CONSTRUÇÃO DE 01 (UMA) PASSAGEM MOLHADA NO SÍTIO BARRAGEM E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2026/341/projeto_de_lei_no_005-2026_-_garagem_420.000.pdf</t>
+    <t>http://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2026/341/projeto_de_lei_no_005-2026_-_garagem_420.000.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL AO ORÇAMENTO VIGENTE 2026 POR SUPERÁVIT FINANCEIRO NO VALOR DE R$ 420.000,00, (QUATROCENTOS E VINTE MIL REAIS) PARA CRIAÇÃO DE NOVA DOTACAO PARA CONSTRUÇÃO DE 01(UMA) GARAGEM MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2026/340/projeto_de_lei_no_006-2026_-_garagem_complementacao.pdf</t>
+    <t>http://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2026/340/projeto_de_lei_no_006-2026_-_garagem_complementacao.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO ESPECIAL AO ORÇAMENTO VIGENTE 2026 POR ANULAÇÃO DE DOTAÇÃO NO VALOR DE R$ 120.000,00, (CENTO E VINTE MIL REAIS) PARA CRIAÇÃO DE NOVA DOTAÇÃO PARA CONSTRUÇÃO DE 01(UMA) GARAGEM MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>362</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>http://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2026/362/projeto_de_lei_no_07-2026_-_his_-_zeis.pdf</t>
+  </si>
+  <si>
+    <t>Institui a Zona Especial de Interesse Social – ZEIS em área pública municipal destinada prioritariamente a viabilizar a implantação de Habitação de Interesse Social – HIS, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>361</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>http://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2026/361/projeto_de_lei_no_08-2026_-_altera_o_plano_de_amortizacao_do_deficit_atuarial_do_ipmc.pdf</t>
+  </si>
+  <si>
+    <t>Altera o plano de amortização do déficit atuarial do Instituto de Previdência dos Servidores Municipais de Cuitegi/PB – IPMC e das outras providências.</t>
+  </si>
+  <si>
+    <t>363</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>http://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2026/363/projeto_de_lei_no_09-2026_desapropriacao_de_terreno_para_a_construcao_de_casas.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL AO ORÇAMENTO VIGENTE 2026 POR ANULAÇÃO DE DOTAÇÃO NO VALOR DE R$ 60.000,00, (SESSENTA MIL REAIS) PARA CRIAÇÃO DE NOVA DOTAÇÃO PARA AQUISIÇÃO DE IMOVÉIS (TERRENO) E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>347</t>
+  </si>
+  <si>
+    <t>REQ</t>
+  </si>
+  <si>
+    <t>Requerimento</t>
+  </si>
+  <si>
+    <t>Dedé de Vicente</t>
+  </si>
+  <si>
+    <t>http://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2026/347/requerimento_01_de_202620260210_09543863.pdf</t>
+  </si>
+  <si>
+    <t>Requer a disponibilização de kits de trabalho para os agricultores do nosso município, incluindo botas adequadas para o trabalho rural.</t>
+  </si>
+  <si>
+    <t>345</t>
+  </si>
+  <si>
+    <t>http://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2026/345/dede_taveira_02.pdf</t>
+  </si>
+  <si>
+    <t>Requer a realização do corte de terra e a distribuição de sementes para os agricultores do nosso município.</t>
+  </si>
+  <si>
+    <t>354</t>
+  </si>
+  <si>
+    <t>Cícero da Verdura</t>
+  </si>
+  <si>
+    <t>http://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2026/354/requerimento_03_.pdf</t>
+  </si>
+  <si>
+    <t>Requer um calçamento na chã do Bodeiro, de Nelson até Marcelo Muniz e de Leila até Chiquinha de paula.</t>
+  </si>
+  <si>
+    <t>355</t>
+  </si>
+  <si>
+    <t>http://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2026/355/requerimento_04_1.pdf</t>
+  </si>
+  <si>
+    <t>Requer que seja providenciado uma reforma do campo da comunidade da malhada</t>
+  </si>
+  <si>
+    <t>356</t>
+  </si>
+  <si>
+    <t>Raul Meireles</t>
+  </si>
+  <si>
+    <t>http://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2026/356/requerimento_05.pdf</t>
+  </si>
+  <si>
+    <t>Requer que seja encaminhado a Camâra Municipal de cuitegi, o valor gastos e as fontes dos recursos usados na construção do Centro Integrado de Polícia Militar e Civil.</t>
+  </si>
+  <si>
+    <t>360</t>
+  </si>
+  <si>
+    <t>Edinho da Saúde</t>
+  </si>
+  <si>
+    <t>http://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2026/360/requerimento_06-2026_-_edson_batista.pdf</t>
+  </si>
+  <si>
+    <t>Requerimento de reforma do Campo de Futebol do Bairro do Santo Antonio.</t>
+  </si>
+  <si>
+    <t>359</t>
+  </si>
+  <si>
+    <t>Nena da Malhada</t>
+  </si>
+  <si>
+    <t>http://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2026/359/maria_das_dores_2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a manutenção da galeria localizada na Rua de Baixo, em frente à Granja do Cowboy, na Malhada. bem como: A colocação de uma laje sobre a referida galeria, garantindo maior segurança e melhor trafegabilidade no local; A realização do calçamento da Rua de Baixo, na localidade da Malhada, proporcionando melhores condições de acesso para os moradores.</t>
+  </si>
+  <si>
+    <t>358</t>
+  </si>
+  <si>
+    <t>http://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2026/358/dede_taveira.pdf</t>
+  </si>
+  <si>
+    <t>Requer a construção de uma escadaria no Conjunto Antônio Amaro, na rua Professor Antônio Benvindo, que dá acesso à Rodovia PB-075, devendo a referida obra contemplar acessibilidade para cadeirantes e pessoas com mobilidade reduzida, em conformidade com a legislação vigente.</t>
+  </si>
+  <si>
+    <t>348</t>
+  </si>
+  <si>
+    <t>PAR</t>
+  </si>
+  <si>
+    <t>Parecer</t>
+  </si>
+  <si>
+    <t>Marlison Alexandre</t>
+  </si>
+  <si>
+    <t>http://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2026/348/parecer_proj_001_26_2.docx</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o valor do menor salário dos servidores municipais de Cuitegi/Pb, a partir de 1º de Janeiro de 2026 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>349</t>
+  </si>
+  <si>
+    <t>http://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2026/349/parecer_proj_002_26.docx</t>
+  </si>
+  <si>
+    <t>Autoriza a abertura de crédito especial ao orçamento vigente 2026 por anulação de dotação no valor de R$ 100.000,00, (cem mil reais) para criação de nova dotação do convênio nº 0189/2025 celebrado com o Governo do Estado-PB apoio cultural para a festa de santos reis e dá outras providências.</t>
+  </si>
+  <si>
+    <t>350</t>
+  </si>
+  <si>
+    <t>http://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2026/350/parecer_proj_003_26.docx</t>
+  </si>
+  <si>
+    <t>Abre crédito especial ao orçamento vigente 2026 por superávit financeiro no valor de R$ 96.000,00, (noventa e seis mil reais), para construção de calçamento em paralelepípedos no sítio barragem e dá outras providências.</t>
+  </si>
+  <si>
+    <t>351</t>
+  </si>
+  <si>
+    <t>http://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2026/351/parecer_proj_004_26.docx</t>
+  </si>
+  <si>
+    <t>352</t>
+  </si>
+  <si>
+    <t>http://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2026/352/parecer_proj_005_26.docx</t>
+  </si>
+  <si>
+    <t>353</t>
+  </si>
+  <si>
+    <t>http://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2026/353/parecer_proj_006_26.docx</t>
+  </si>
+  <si>
+    <t>357</t>
+  </si>
+  <si>
+    <t>http://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2026/357/parecer_mpv_001_26_assinado.pdf</t>
+  </si>
+  <si>
+    <t>ESTABELECE O REAJUSTE SALARIAL PARA O MAGISTÉRIO DO MUNICIPIO DE CUITEGI PARA O EXERCÍCIO DE 2026 E DÁ OUTRAS APROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>346</t>
+  </si>
+  <si>
+    <t>MP</t>
+  </si>
+  <si>
+    <t>Medida Provisória</t>
+  </si>
+  <si>
+    <t>http://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2026/346/medida_provisoria_001-2026_-_do_reajsute_dos_professores_-_assinada_-_corrigida_4.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -465,68 +669,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2026/342/projeto_de_lei_001-2026_-_salario_minimo.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2026/339/projeto_de_lei_no_002-2026_-_festa_de_reis.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2026/344/projeto_de_lei_no_003-2026_-_construcao_de_calcamaneot_96.000.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2026/343/projeto_de_lei_no_004-2026_-_passagem_molhada_300.00000.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2026/341/projeto_de_lei_no_005-2026_-_garagem_420.000.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2026/340/projeto_de_lei_no_006-2026_-_garagem_complementacao.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2026/342/projeto_de_lei_001-2026_-_salario_minimo.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2026/339/projeto_de_lei_no_002-2026_-_festa_de_reis.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2026/344/projeto_de_lei_no_003-2026_-_construcao_de_calcamaneot_96.000.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2026/343/projeto_de_lei_no_004-2026_-_passagem_molhada_300.00000.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2026/341/projeto_de_lei_no_005-2026_-_garagem_420.000.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2026/340/projeto_de_lei_no_006-2026_-_garagem_complementacao.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2026/362/projeto_de_lei_no_07-2026_-_his_-_zeis.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2026/361/projeto_de_lei_no_08-2026_-_altera_o_plano_de_amortizacao_do_deficit_atuarial_do_ipmc.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2026/363/projeto_de_lei_no_09-2026_desapropriacao_de_terreno_para_a_construcao_de_casas.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2026/347/requerimento_01_de_202620260210_09543863.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2026/345/dede_taveira_02.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2026/354/requerimento_03_.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2026/355/requerimento_04_1.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2026/356/requerimento_05.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2026/360/requerimento_06-2026_-_edson_batista.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2026/359/maria_das_dores_2026.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2026/358/dede_taveira.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2026/348/parecer_proj_001_26_2.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2026/349/parecer_proj_002_26.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2026/350/parecer_proj_003_26.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2026/351/parecer_proj_004_26.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2026/352/parecer_proj_005_26.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2026/353/parecer_proj_006_26.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2026/357/parecer_mpv_001_26_assinado.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2026/346/medida_provisoria_001-2026_-_do_reajsute_dos_professores_-_assinada_-_corrigida_4.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H7"/>
+  <dimension ref="A1:H26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="21.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="133" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="154.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -666,60 +870,573 @@
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>32</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>33</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
         <v>12</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" s="1" t="s">
         <v>34</v>
       </c>
       <c r="H7" t="s">
         <v>35</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8">
+      <c r="A8" t="s">
+        <v>36</v>
+      </c>
+      <c r="B8" t="s">
+        <v>9</v>
+      </c>
+      <c r="C8" t="s">
+        <v>37</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>12</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="H8" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8">
+      <c r="A9" t="s">
+        <v>40</v>
+      </c>
+      <c r="B9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" t="s">
+        <v>41</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>12</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="H9" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8">
+      <c r="A10" t="s">
+        <v>44</v>
+      </c>
+      <c r="B10" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" t="s">
+        <v>45</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>12</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="H10" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8">
+      <c r="A11" t="s">
+        <v>48</v>
+      </c>
+      <c r="B11" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" t="s">
+        <v>10</v>
+      </c>
+      <c r="D11" t="s">
+        <v>49</v>
+      </c>
+      <c r="E11" t="s">
+        <v>50</v>
+      </c>
+      <c r="F11" t="s">
+        <v>51</v>
+      </c>
+      <c r="G11" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="H11" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8">
+      <c r="A12" t="s">
+        <v>54</v>
+      </c>
+      <c r="B12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" t="s">
+        <v>17</v>
+      </c>
+      <c r="D12" t="s">
+        <v>49</v>
+      </c>
+      <c r="E12" t="s">
+        <v>50</v>
+      </c>
+      <c r="F12" t="s">
+        <v>51</v>
+      </c>
+      <c r="G12" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="H12" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8">
+      <c r="A13" t="s">
+        <v>57</v>
+      </c>
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" t="s">
+        <v>21</v>
+      </c>
+      <c r="D13" t="s">
+        <v>49</v>
+      </c>
+      <c r="E13" t="s">
+        <v>50</v>
+      </c>
+      <c r="F13" t="s">
+        <v>58</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="H13" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8">
+      <c r="A14" t="s">
+        <v>61</v>
+      </c>
+      <c r="B14" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" t="s">
+        <v>25</v>
+      </c>
+      <c r="D14" t="s">
+        <v>49</v>
+      </c>
+      <c r="E14" t="s">
+        <v>50</v>
+      </c>
+      <c r="F14" t="s">
+        <v>58</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H14" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8">
+      <c r="A15" t="s">
+        <v>64</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
+        <v>29</v>
+      </c>
+      <c r="D15" t="s">
+        <v>49</v>
+      </c>
+      <c r="E15" t="s">
+        <v>50</v>
+      </c>
+      <c r="F15" t="s">
+        <v>65</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="H15" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8">
+      <c r="A16" t="s">
+        <v>68</v>
+      </c>
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
+        <v>33</v>
+      </c>
+      <c r="D16" t="s">
+        <v>49</v>
+      </c>
+      <c r="E16" t="s">
+        <v>50</v>
+      </c>
+      <c r="F16" t="s">
+        <v>69</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="H16" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8">
+      <c r="A17" t="s">
+        <v>72</v>
+      </c>
+      <c r="B17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" t="s">
+        <v>37</v>
+      </c>
+      <c r="D17" t="s">
+        <v>49</v>
+      </c>
+      <c r="E17" t="s">
+        <v>50</v>
+      </c>
+      <c r="F17" t="s">
+        <v>73</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="H17" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8">
+      <c r="A18" t="s">
+        <v>76</v>
+      </c>
+      <c r="B18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C18" t="s">
+        <v>41</v>
+      </c>
+      <c r="D18" t="s">
+        <v>49</v>
+      </c>
+      <c r="E18" t="s">
+        <v>50</v>
+      </c>
+      <c r="F18" t="s">
+        <v>51</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="H18" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8">
+      <c r="A19" t="s">
+        <v>79</v>
+      </c>
+      <c r="B19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" t="s">
+        <v>10</v>
+      </c>
+      <c r="D19" t="s">
+        <v>80</v>
+      </c>
+      <c r="E19" t="s">
+        <v>81</v>
+      </c>
+      <c r="F19" t="s">
+        <v>82</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="H19" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8">
+      <c r="A20" t="s">
+        <v>85</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
+        <v>17</v>
+      </c>
+      <c r="D20" t="s">
+        <v>80</v>
+      </c>
+      <c r="E20" t="s">
+        <v>81</v>
+      </c>
+      <c r="F20" t="s">
+        <v>82</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="H20" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8">
+      <c r="A21" t="s">
+        <v>88</v>
+      </c>
+      <c r="B21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" t="s">
+        <v>21</v>
+      </c>
+      <c r="D21" t="s">
+        <v>80</v>
+      </c>
+      <c r="E21" t="s">
+        <v>81</v>
+      </c>
+      <c r="F21" t="s">
+        <v>82</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="H21" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8">
+      <c r="A22" t="s">
+        <v>91</v>
+      </c>
+      <c r="B22" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" t="s">
+        <v>25</v>
+      </c>
+      <c r="D22" t="s">
+        <v>80</v>
+      </c>
+      <c r="E22" t="s">
+        <v>81</v>
+      </c>
+      <c r="F22" t="s">
+        <v>82</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="H22" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8">
+      <c r="A23" t="s">
+        <v>93</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
+        <v>29</v>
+      </c>
+      <c r="D23" t="s">
+        <v>80</v>
+      </c>
+      <c r="E23" t="s">
+        <v>81</v>
+      </c>
+      <c r="F23" t="s">
+        <v>82</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="H23" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8">
+      <c r="A24" t="s">
+        <v>95</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
+        <v>33</v>
+      </c>
+      <c r="D24" t="s">
+        <v>80</v>
+      </c>
+      <c r="E24" t="s">
+        <v>81</v>
+      </c>
+      <c r="F24" t="s">
+        <v>82</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="H24" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8">
+      <c r="A25" t="s">
+        <v>97</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
+        <v>37</v>
+      </c>
+      <c r="D25" t="s">
+        <v>80</v>
+      </c>
+      <c r="E25" t="s">
+        <v>81</v>
+      </c>
+      <c r="F25" t="s">
+        <v>82</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="H25" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8">
+      <c r="A26" t="s">
+        <v>100</v>
+      </c>
+      <c r="B26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" t="s">
+        <v>10</v>
+      </c>
+      <c r="D26" t="s">
+        <v>101</v>
+      </c>
+      <c r="E26" t="s">
+        <v>102</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="H26" t="s">
+        <v>99</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
+    <hyperlink ref="G8" r:id="rId7"/>
+    <hyperlink ref="G9" r:id="rId8"/>
+    <hyperlink ref="G10" r:id="rId9"/>
+    <hyperlink ref="G11" r:id="rId10"/>
+    <hyperlink ref="G12" r:id="rId11"/>
+    <hyperlink ref="G13" r:id="rId12"/>
+    <hyperlink ref="G14" r:id="rId13"/>
+    <hyperlink ref="G15" r:id="rId14"/>
+    <hyperlink ref="G16" r:id="rId15"/>
+    <hyperlink ref="G17" r:id="rId16"/>
+    <hyperlink ref="G18" r:id="rId17"/>
+    <hyperlink ref="G19" r:id="rId18"/>
+    <hyperlink ref="G20" r:id="rId19"/>
+    <hyperlink ref="G21" r:id="rId20"/>
+    <hyperlink ref="G22" r:id="rId21"/>
+    <hyperlink ref="G23" r:id="rId22"/>
+    <hyperlink ref="G24" r:id="rId23"/>
+    <hyperlink ref="G25" r:id="rId24"/>
+    <hyperlink ref="G26" r:id="rId25"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>