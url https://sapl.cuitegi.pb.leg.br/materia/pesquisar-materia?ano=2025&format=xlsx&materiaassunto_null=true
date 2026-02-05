--- v0 (2025-12-10)
+++ v1 (2026-02-05)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2039" uniqueCount="854">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2111" uniqueCount="887">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -727,51 +727,51 @@
   <si>
     <t>https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/259/projeto_de_lei_no_42-2025_-_abre_credito_especial_ao_orcamento_vigente_2025_por_excesso_de_arrecadacao_no_valor_de_r_27.00000.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO ESPECIAL AO ORÇAMENTO VIGENTE 2025 POR EXCESSO DE ARRECADAÇÃO NO VALOR DE R$ 27.000,00 (VINTE E SETE MIL REAIS), PARA ADEQUAÇÃO DA FONTE DE RECURSOS RECEBIDOS DO FUNDO ESTADUAL DE ASSITÊNCIA SOCIAL- FEAS DESTINADOS A PROTEÇÃO SOCIAL BÁSICA   E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/265/projeto_de_lei_no_43-2025_-_abre_credito_especial_ao_orcamento_vigente_2025_por_excesso_de_arrecadacao_no_valor_de_r_195.00000.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO ESPECIAL AO ORÇAMENTO VIGENTE 2025 POR EXCESSO DE ARRECADAÇÃO NO VALOR DE R$ 195.000,00 (CENTO E NOVENTA E CINCO MIL REAIS), PARA ADEQUAÇÃO DAS NOVAS FONTES DE RECURSOS DO FUNDEB VAAR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/314/pdl_44.pdf</t>
+    <t>https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/314/proj_44_raul.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização ao Poder  Executivo para custear curso especializado de formação e capacitação para motoristas de ônibus escolares categoria D e motoristas de veículos e transporte sanitário, nos termos da legislação vigente.</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/315/projeto_de_lei_no_45.2025_-_reparcelamentos_do_ipmc_-_assinado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o parcelamento e reparcelamento de débitos do Município de Cuitegi/PB com seu Regime Próprio de Previdência Social - RPPS, de que tratam os arts. 115 e 117 do Ato das Disposições Constitucionais Transitórias - ADCT, com a redação conferida pela Emenda Constitucional nº 136, de 9 de setembro de 2025.</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/318/projeto_de_lei_no_46.2025_abre_credito_especial_180.00000.pdf</t>
   </si>
@@ -2483,50 +2483,162 @@
     <t>https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/289/parecer_49.decreto13.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadã Cuitegiense ao Senhor Flaviano João dos Santos Filho</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
     <t>https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/290/parecer50.proj31.crg.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Plurianual do Município de Cuitegi-PB para o período de 2025/2029 e dá outras providências.</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
     <t>https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/304/parecer51.proj41.pdf</t>
   </si>
   <si>
     <t>Abre crédito especial ao orçamento vigente de 2025, por excesso de_x000D_
 arrecadação, no valor de R$ 396.000,00 (trezentos e noventa e seis mil reais),_x000D_
 destinado à construção de passagem molhada e pavimentação na estrada do Sítio_x000D_
 Barragem, e dá outras providências</t>
+  </si>
+  <si>
+    <t>330</t>
+  </si>
+  <si>
+    <t>52</t>
+  </si>
+  <si>
+    <t>https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/330/parecer_n52.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a autorização ao Poder Executivo para custear curso especializado de formação e capacitação para motoristas de ônibus escolares_x000D_
+categoria De motoristas de veículos de transporte sanitário, nos termos da legislação vigente</t>
+  </si>
+  <si>
+    <t>331</t>
+  </si>
+  <si>
+    <t>53</t>
+  </si>
+  <si>
+    <t>https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/331/parecer_n53.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o parcelamento e reparcelamento de débitos do Município de Cuitegi/PB com seu Regime Próprio de Previdência Social - RPPS, de que tratam os arts. 115 e 117 do Ato das Disposições Constitucionais Transitórias - ADCT, com a redação conferida pela Emenda Constitucional nº 136, de 9 de setembro de 2025</t>
+  </si>
+  <si>
+    <t>332</t>
+  </si>
+  <si>
+    <t>54</t>
+  </si>
+  <si>
+    <t>https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/332/parecer_n54.pdf</t>
+  </si>
+  <si>
+    <t>Abre crédito especial ao orçamento vigente 2025 por anulação de dotação no valor de R$ 180.000,00 (cento e oitenta mil reais), para complementação de_x000D_
+construção de 01 (uma) Creche localizada no Conjunto Roberto Paulino e dá outras providências</t>
+  </si>
+  <si>
+    <t>333</t>
+  </si>
+  <si>
+    <t>https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/333/parecer_n55.pdf</t>
+  </si>
+  <si>
+    <t>Abre crédito especial ao orçamento vigente 2025 por anulação de dotação no valor de R$ 25.000,00 (vinte e cinco mil reais) para criação de nova dotação de recursos programa transporte escolar - FNDE e dá outras providências.</t>
+  </si>
+  <si>
+    <t>334</t>
+  </si>
+  <si>
+    <t>https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/334/parecer_n56.pdf</t>
+  </si>
+  <si>
+    <t>Abre crédito especial ao orçamento vigente do exercício econômico e_x000D_
+financeiro de 2025 por superávit financeiro no valor de R$ 247.132,00 (duzentos e_x000D_
+quarenta e sete mil e cento e trinta e dois reais), para a criação de lei fonte de_x000D_
+recursos do SUS Complementar Federal 217/2025 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>335</t>
+  </si>
+  <si>
+    <t>57</t>
+  </si>
+  <si>
+    <t>https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/335/parecer_n57.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a abertura de crédito especial ao orçamento vigente do exercício_x000D_
+de 2025 por anulação de dotação no valor de R$ 280.000,00 (duzentos e oitenta mil_x000D_
+reais) para criação de dotação para construção de 01 (uma) garagem municipal e dá_x000D_
+outras providências.</t>
+  </si>
+  <si>
+    <t>336</t>
+  </si>
+  <si>
+    <t>https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/336/parecer_n58.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Serviço de Acolhimento para Crianças e Adolescentes,_x000D_
+denominado Família Acolhedora, no município de Cuitegi - PB, e dá outras_x000D_
+providências.</t>
+  </si>
+  <si>
+    <t>337</t>
+  </si>
+  <si>
+    <t>https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/337/parecer_n59.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a abertura de crédito especial ao orçamento vigente de 2025 por_x000D_
+excesso de arrecadação para inclusão de nova dotação no valor de R$ 130.000,00_x000D_
+(cento e trinta mil reais) para criação de nova fonte de recursos do FUNDEB -ETI e_x000D_
+dá outras providências.</t>
+  </si>
+  <si>
+    <t>338</t>
+  </si>
+  <si>
+    <t>VET</t>
+  </si>
+  <si>
+    <t>Razões do Veto</t>
+  </si>
+  <si>
+    <t>https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/338/veto_1_2025.pdf</t>
+  </si>
+  <si>
+    <t>Comunico a Vossa Excelência que, nos termos do art. 36, § 2º, da Lei Orgânica do Município de Cuitegi, decidi vetar integralmente o Projeto de Lei nº 44/2025, de autoria do Vereador Raul Sérgio Silva de Meireles, que "dispõe sobre a autorização ao Poder Executivo para custear curso especializado de formação e capacitação para motoristas de ônibus escolares categoria De motoristas de veículos de transporte sanitário", pelos fundamentos a seguir expostos.</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/75/ind001_2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito Municipal A construção de uma unidade de atendimento em Clínica Geral (UBS) para a Comunidade do Sítio Mucunã com a finalidade de  atender aos moradores das redondezas.</t>
   </si>
   <si>
     <t>EMD</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/95/emnda_modidificativa_ao_pl_10_2025.pdf</t>
   </si>
   <si>
     <t>Modifica o Art. 9º do Projeto de Lei nº 010/2025</t>
   </si>
@@ -2963,56 +3075,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/145/projeto_de_decreto_1.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/146/projeto_de_decreto_2.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/147/projeto_de_decreto_3.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/171/projeto_de_decreto_n420250814_10174759.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/197/pdl001_25_1.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/219/decreto6.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/221/decreto7.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/215/projeto_de_decreto_0820250909_09260653.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/220/decreto9.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/224/projeto_de_decreto_legislativo_10.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/223/projeto_de_decreto_legislativo_-_11.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/228/maria_das_dores_viana_14.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/266/titulo_de_cidadao_cuitegiente.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/308/pdl014_25_1.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/60/projeto_de_lei_no_01_2025_altera_o_plano_de_amortizacao_do_ipmc.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/61/projeto_de_lei_n_02_2025_dispoe_sobre_o_valor_do_menor_salario_minimo.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/62/projeot_de_lei_n_03_2025_estalbelece_reajuste_do_magisterio.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/172/projeto_de_lei_n4.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/166/projeto_de_lei_n5.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/167/projeto_de_lei_n6.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/168/projeto_de_lei_n7.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/169/projeto_de_lei_n8.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/170/projeto_de_lei_n9.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/80/projeto_de_lei_n10.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/180/projeto_de_lei_n11.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/81/proj_n_12_de_2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/72/pl_013-2025_1.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/101/pl001_25_assinado.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/102/pl002_25_assinado.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/131/ldo_2026._textoeanexo..pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/132/pl_17.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/144/projeto_18.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/149/willame_roseno_lima.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/156/pl001_25_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/173/projeto_de_lei_021_de_13.08.25_-_institui_oincentivo_financeiro_de_qualidade_da_atencao_primaria_asaude_e_regulamenta_autilizacao_dos_recursos.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/181/projeto_de_lei_n_22.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/192/projeto_de_lei_no_023_25.08.2025_prorroga_o_pme.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/191/projeto_de_lei_no_024._25.08.2025_inclui_inciso_na_lei_616_ipmc.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/212/proejto_de_lei_no_025-2025_-_alienacao_de_bens_moveis_inserviveis.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/218/projeto_de_lei_n2620250910_10522707.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/267/doc._projeto_de_lei_loa.comp.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/252/projeto_de_le_no_28-2025_-_institui_no_ambito_da_secretaria_municipal_de_educacao_-_programa_destinado_a_selecao_de_pessoas.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/253/projeto_de_lei_no_29-2025_-_autoriza_o_poder_executivo_municipal_a_icnentivar_o_estagio_remunerado_de_estudantes.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/263/projeto_de_lei_no_30-2025_-_abre_credito_especial_ao_orcamento_vigente_de_2025_por_excesso_de_arrecadacao_no_valor_de_r_240.00000..pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/268/doc._projeto_de_lei_ppa.comp.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/269/doc._projeto_de_lei_das_alteracoes_da_ldo.comp.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/231/projeto_de_lei_no_33-2025_-_aprova_o_plano_municipal_pela_primeira_infancia_do__municipio_de_cuitegi-pb.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/230/pl003_2025.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/260/projeto_de_lei_no_35-2025_-_abre_credito_especial_ao_orcamento_vigente_2025_por_excesso_de_arrecadacao_no_valor_de_r_150.00000.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/264/projeto_de_lei_no_36-2025_-_abre_credito_especial_ao_orcamento_vigente_por_excesso_de_arrecadacao_no_valor_de_r_250.00000.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/261/projeto_de_lei_no_37-2025_-_abre_credito_especial_ao_orcamento_vigente_2025_por_excesso_de_arrecadacao_no_valor_de_r_300.00000.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/258/projeto_de_lei_no_38-2025_-_abre_credito_especial_ao_orcamento_vigente_2025_por_excesso_de_arrecadacao_no_valor_de_r_160.00000.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/262/projeto_de_lei_no_39-2025_-_abre_credito_especial_ao_orcamento_vigente_2025_por_superavit_financeiro_no_valor_de_r_24.50000.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/256/projeto_de_lei_no_40-2025_-_abre_credito_especial_ao_orcamento_vigente_2025_por_excesso_de_arrecadacao_no_valor_de_r_14.00000.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/257/projeto_de_lei_no_41-2025_-_abre_credito_especial_ao_orcamento_vigente_2025_por_excesso_de_arrecadacao_no_valor_r_396.00000.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/259/projeto_de_lei_no_42-2025_-_abre_credito_especial_ao_orcamento_vigente_2025_por_excesso_de_arrecadacao_no_valor_de_r_27.00000.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/265/projeto_de_lei_no_43-2025_-_abre_credito_especial_ao_orcamento_vigente_2025_por_excesso_de_arrecadacao_no_valor_de_r_195.00000.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/314/pdl_44.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/315/projeto_de_lei_no_45.2025_-_reparcelamentos_do_ipmc_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/318/projeto_de_lei_no_46.2025_abre_credito_especial_180.00000.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/319/projeto_de_lei_no_47.2025_credito_especial_25.00000.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/321/projeto_de_lei_no_48.2025_-_credito_especial_247.13200.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/317/projeto_de_lei_no_49.2025_autoriza_a_abertura_de_credito_garagem.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/316/projeto_de_lei_no_50.2025_-_familia_acolhedora.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/320/projeto_de_lei_no_51.2025_-_autoriza_credito_especial_eti_130..pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/179/projeto_de_lei_n6.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/71/mocao_no_001_2025.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/79/req007_2025.docx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/65/req001.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/69/req002.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/70/req003.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/85/documento.docx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/109/willame_roseno_lima_n32.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/108/willame_roseno_lima_n33.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/107/willame_roseno_lima_n34.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/106/willame_roseno_lima_n35.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/105/willame_roseno_lima_n36.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/104/willame_roseno_lima_n37.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/68/req005_2025.docx" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/67/req006_2025.docx" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/63/requerimento_58.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/66/requerimento_n59.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/64/requerimento_n60.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/74/req010_2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/76/req009_2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/77/req004_2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/78/req008_2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/150/whatsapp_image_2025-06-02_at_08.24.36_1.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/88/documento.docx" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/292/requerimento_70.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/86/doc-20250505-wa0021.1.docx" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/87/doc-20250505-wa0022.docx" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/90/solange.req.73.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/91/solange.req.74.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/100/requerimento_75.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/99/requerimento_76.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/89/willame_roseno_lima_1-7.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/103/dede_taveira.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/110/doc-20250505-wa0020..pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/111/doc-20250505-wa0020.-1.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/113/solange_brito.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/115/willame_roseno_lima_87.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/114/willame_roseno_lima_88.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/116/willame_roseno_lima_89.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/118/req011_2025.docx" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/121/dede_taveira_4.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/120/dede_taveira_5.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/119/dede_taveira_6.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/122/doc-20250505-wa0020.-5.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/123/doc-20250505-wa0020.-4.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/124/doc-20250505-wa0020.-3.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/125/doc-20250505-wa0020.-2.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/126/doc-20250505-wa0020.-8.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/127/doc-20250505-wa0020.-7.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/128/doc-20250505-wa0020.-6.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/130/reqdarc10120250604_11024200.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/129/requerimento_102.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/134/solange_brito_104.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/135/solange_brito_105.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/136/solange_brito_106.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/137/dede_taveira_107.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/138/willame_roseno_lima_108.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/139/willame_roseno_lima_109.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/142/maria_das_dores_viana_110.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/143/maria_das_dores_viana_111.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/154/doc-20250616-wa0012..pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/153/doc-20250505-wa0021.1.docx" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/155/req012_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/175/dede.req10.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/176/dede.req11.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/177/dede.req12.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/178/dede.req13.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/186/dede_taveira_14.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/182/req013_2025.docx" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/183/13_assinado.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/184/req014_2025.docx" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/185/12_assinado.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/187/requerimento_12620250825_09225080.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/188/requerimento_12720250825_09214981.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/189/requerimento_12820250825_10303338.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/193/willame_roseno_lima_31.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/190/dede_taveira.130.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/194/14.docx" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/199/req021_2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/198/req019_2025.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/200/req016_2025_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/201/req020_2025.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/195/req017_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/196/req018_2025.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/202/req015_2025.docx" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/206/dede_taveira.141.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/205/dede_taveira.142.req.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/211/solange_brito143.ok.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/208/solange_brito.144.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/207/solange_brito.145.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/210/requerimento_17_assinado.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/213/solange_brito.147.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/217/joana_darc.req148.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/216/joana_darc.req149.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/214/requerimento_15020250909_09202411.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/222/requerimento_18.docx" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/293/requerimento_152.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/294/requerimento_153.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/295/requerimento_154.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/296/requerimento_155.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/297/requerimento_156.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/298/requerimento_157.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/299/requerimento_158.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/227/maria_das_dores_viana_11.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/226/maria_das_dores_viana_12.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/225/maria_das_dores_viana_13.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/229/requerimento_19.docx" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/236/dede_taveira.164.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/247/dede.req165.ok.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/248/requerimentos.nena.docx" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/300/requerimento_167.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/251/sol.rqe.169ok.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/249/req.solange.170.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/301/requerimento_171.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/302/requerimento_173.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/291/requerimento_de_raul.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/305/req175raul.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/306/req176raul.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/307/req177raul.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/310/req.marlison178.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/311/req.marlison179.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/312/req.marlison180.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/309/req.solange181..pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/329/requerimento_192025.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/328/requerimento_202025.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/322/requerimento_184.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/323/requerimento_185.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/324/requerimento_186.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/325/requerimento_187.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/326/requerimento_188.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/82/parecer_proj_012_25_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/275/willame_roseno_lima_5.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/274/willame_roseno_lima_parecer_6.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/270/willame_roseno_lima_parecer_7.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/303/parecer_n8_2025_comissao_de_financas.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/96/parecer_proj_01025.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/117/parecer_proj_013_25.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/157/parecer_proj_016_25.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/163/parecer_proj_017_25.docx" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/164/parecer_proj_018_25.docx" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/161/parecer_proj_dec_001_25.docx" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/160/parecer_proj_dec_002_25.docx" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/159/parecer_proj_dec_003_25.docx" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/241/parecer_proj_dec_005_25_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/243/parecer_proj_dec_006_25_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/244/parecer_proj_dec_008_25_28429_assinado.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/242/parecer_proj_dec_009_25_28229_assinado.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/245/parecer_proj_dec_010_25_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/240/parecer_proj_dec_011_25_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/239/parecer_proj_dec_012_25_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/246/parecer_proj_dec_007_25_28229_assinado.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/254/parecer_32.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/255/parecer33.proj34.crg.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/271/parecer34.proj33.crg.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/272/parecer35.proj28.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/273/parecer36.proj29.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/277/parecer37.proj27.crg.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/278/parecer38.proj30.crg.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/279/parecer39.proj32.crg.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/280/parecer40.proj34.crg.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/281/parecer41.proj35.crg.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/282/parecer42.proj36.crg.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/283/parecer43.proj37.crg.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/284/parecer44.proj38.crg.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/285/parecer45.proj39.crg.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/286/parecer46.proj40.crg.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/287/parecer47.proj42.crg.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/288/parecer48.proj43.crg.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/289/parecer_49.decreto13.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/290/parecer50.proj31.crg.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/304/parecer51.proj41.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/75/ind001_2025.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/95/emnda_modidificativa_ao_pl_10_2025.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/276/emenda01pl2920251106_08260253.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/58/medida_provisoria_01-2025_salario_minimo.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/59/medida_provisorio_02-2025_estabelce_aumento_salarial_para_o_magisterio.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/151/parecer_proj_016_25.docx" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/152/parecer_proj_016_25.docx" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/158/parecer_proj_dec_002_25.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/165/rel_proj_015_25_1.docx" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/232/parecer_proj_dec_005_25.docx" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/233/parecer_proj_dec_012_25.docx" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/234/parecer_proj_dec_009_25_1.docx" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/235/parecer_proj_dec_006_25.docx" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/237/parecer_proj_dec_008_25.docx" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/238/parecer_proj_dec_007_25.docx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/145/projeto_de_decreto_1.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/146/projeto_de_decreto_2.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/147/projeto_de_decreto_3.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/171/projeto_de_decreto_n420250814_10174759.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/197/pdl001_25_1.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/219/decreto6.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/221/decreto7.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/215/projeto_de_decreto_0820250909_09260653.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/220/decreto9.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/224/projeto_de_decreto_legislativo_10.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/223/projeto_de_decreto_legislativo_-_11.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/228/maria_das_dores_viana_14.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/266/titulo_de_cidadao_cuitegiente.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/308/pdl014_25_1.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/60/projeto_de_lei_no_01_2025_altera_o_plano_de_amortizacao_do_ipmc.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/61/projeto_de_lei_n_02_2025_dispoe_sobre_o_valor_do_menor_salario_minimo.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/62/projeot_de_lei_n_03_2025_estalbelece_reajuste_do_magisterio.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/172/projeto_de_lei_n4.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/166/projeto_de_lei_n5.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/167/projeto_de_lei_n6.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/168/projeto_de_lei_n7.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/169/projeto_de_lei_n8.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/170/projeto_de_lei_n9.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/80/projeto_de_lei_n10.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/180/projeto_de_lei_n11.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/81/proj_n_12_de_2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/72/pl_013-2025_1.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/101/pl001_25_assinado.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/102/pl002_25_assinado.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/131/ldo_2026._textoeanexo..pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/132/pl_17.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/144/projeto_18.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/149/willame_roseno_lima.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/156/pl001_25_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/173/projeto_de_lei_021_de_13.08.25_-_institui_oincentivo_financeiro_de_qualidade_da_atencao_primaria_asaude_e_regulamenta_autilizacao_dos_recursos.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/181/projeto_de_lei_n_22.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/192/projeto_de_lei_no_023_25.08.2025_prorroga_o_pme.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/191/projeto_de_lei_no_024._25.08.2025_inclui_inciso_na_lei_616_ipmc.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/212/proejto_de_lei_no_025-2025_-_alienacao_de_bens_moveis_inserviveis.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/218/projeto_de_lei_n2620250910_10522707.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/267/doc._projeto_de_lei_loa.comp.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/252/projeto_de_le_no_28-2025_-_institui_no_ambito_da_secretaria_municipal_de_educacao_-_programa_destinado_a_selecao_de_pessoas.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/253/projeto_de_lei_no_29-2025_-_autoriza_o_poder_executivo_municipal_a_icnentivar_o_estagio_remunerado_de_estudantes.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/263/projeto_de_lei_no_30-2025_-_abre_credito_especial_ao_orcamento_vigente_de_2025_por_excesso_de_arrecadacao_no_valor_de_r_240.00000..pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/268/doc._projeto_de_lei_ppa.comp.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/269/doc._projeto_de_lei_das_alteracoes_da_ldo.comp.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/231/projeto_de_lei_no_33-2025_-_aprova_o_plano_municipal_pela_primeira_infancia_do__municipio_de_cuitegi-pb.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/230/pl003_2025.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/260/projeto_de_lei_no_35-2025_-_abre_credito_especial_ao_orcamento_vigente_2025_por_excesso_de_arrecadacao_no_valor_de_r_150.00000.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/264/projeto_de_lei_no_36-2025_-_abre_credito_especial_ao_orcamento_vigente_por_excesso_de_arrecadacao_no_valor_de_r_250.00000.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/261/projeto_de_lei_no_37-2025_-_abre_credito_especial_ao_orcamento_vigente_2025_por_excesso_de_arrecadacao_no_valor_de_r_300.00000.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/258/projeto_de_lei_no_38-2025_-_abre_credito_especial_ao_orcamento_vigente_2025_por_excesso_de_arrecadacao_no_valor_de_r_160.00000.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/262/projeto_de_lei_no_39-2025_-_abre_credito_especial_ao_orcamento_vigente_2025_por_superavit_financeiro_no_valor_de_r_24.50000.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/256/projeto_de_lei_no_40-2025_-_abre_credito_especial_ao_orcamento_vigente_2025_por_excesso_de_arrecadacao_no_valor_de_r_14.00000.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/257/projeto_de_lei_no_41-2025_-_abre_credito_especial_ao_orcamento_vigente_2025_por_excesso_de_arrecadacao_no_valor_r_396.00000.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/259/projeto_de_lei_no_42-2025_-_abre_credito_especial_ao_orcamento_vigente_2025_por_excesso_de_arrecadacao_no_valor_de_r_27.00000.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/265/projeto_de_lei_no_43-2025_-_abre_credito_especial_ao_orcamento_vigente_2025_por_excesso_de_arrecadacao_no_valor_de_r_195.00000.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/314/proj_44_raul.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/315/projeto_de_lei_no_45.2025_-_reparcelamentos_do_ipmc_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/318/projeto_de_lei_no_46.2025_abre_credito_especial_180.00000.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/319/projeto_de_lei_no_47.2025_credito_especial_25.00000.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/321/projeto_de_lei_no_48.2025_-_credito_especial_247.13200.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/317/projeto_de_lei_no_49.2025_autoriza_a_abertura_de_credito_garagem.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/316/projeto_de_lei_no_50.2025_-_familia_acolhedora.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/320/projeto_de_lei_no_51.2025_-_autoriza_credito_especial_eti_130..pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/179/projeto_de_lei_n6.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/71/mocao_no_001_2025.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/79/req007_2025.docx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/65/req001.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/69/req002.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/70/req003.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/85/documento.docx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/109/willame_roseno_lima_n32.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/108/willame_roseno_lima_n33.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/107/willame_roseno_lima_n34.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/106/willame_roseno_lima_n35.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/105/willame_roseno_lima_n36.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/104/willame_roseno_lima_n37.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/68/req005_2025.docx" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/67/req006_2025.docx" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/63/requerimento_58.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/66/requerimento_n59.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/64/requerimento_n60.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/74/req010_2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/76/req009_2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/77/req004_2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/78/req008_2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/150/whatsapp_image_2025-06-02_at_08.24.36_1.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/88/documento.docx" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/292/requerimento_70.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/86/doc-20250505-wa0021.1.docx" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/87/doc-20250505-wa0022.docx" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/90/solange.req.73.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/91/solange.req.74.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/100/requerimento_75.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/99/requerimento_76.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/89/willame_roseno_lima_1-7.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/103/dede_taveira.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/110/doc-20250505-wa0020..pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/111/doc-20250505-wa0020.-1.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/113/solange_brito.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/115/willame_roseno_lima_87.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/114/willame_roseno_lima_88.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/116/willame_roseno_lima_89.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/118/req011_2025.docx" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/121/dede_taveira_4.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/120/dede_taveira_5.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/119/dede_taveira_6.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/122/doc-20250505-wa0020.-5.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/123/doc-20250505-wa0020.-4.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/124/doc-20250505-wa0020.-3.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/125/doc-20250505-wa0020.-2.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/126/doc-20250505-wa0020.-8.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/127/doc-20250505-wa0020.-7.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/128/doc-20250505-wa0020.-6.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/130/reqdarc10120250604_11024200.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/129/requerimento_102.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/134/solange_brito_104.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/135/solange_brito_105.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/136/solange_brito_106.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/137/dede_taveira_107.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/138/willame_roseno_lima_108.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/139/willame_roseno_lima_109.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/142/maria_das_dores_viana_110.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/143/maria_das_dores_viana_111.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/154/doc-20250616-wa0012..pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/153/doc-20250505-wa0021.1.docx" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/155/req012_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/175/dede.req10.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/176/dede.req11.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/177/dede.req12.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/178/dede.req13.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/186/dede_taveira_14.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/182/req013_2025.docx" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/183/13_assinado.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/184/req014_2025.docx" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/185/12_assinado.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/187/requerimento_12620250825_09225080.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/188/requerimento_12720250825_09214981.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/189/requerimento_12820250825_10303338.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/193/willame_roseno_lima_31.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/190/dede_taveira.130.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/194/14.docx" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/199/req021_2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/198/req019_2025.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/200/req016_2025_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/201/req020_2025.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/195/req017_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/196/req018_2025.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/202/req015_2025.docx" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/206/dede_taveira.141.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/205/dede_taveira.142.req.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/211/solange_brito143.ok.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/208/solange_brito.144.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/207/solange_brito.145.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/210/requerimento_17_assinado.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/213/solange_brito.147.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/217/joana_darc.req148.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/216/joana_darc.req149.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/214/requerimento_15020250909_09202411.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/222/requerimento_18.docx" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/293/requerimento_152.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/294/requerimento_153.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/295/requerimento_154.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/296/requerimento_155.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/297/requerimento_156.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/298/requerimento_157.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/299/requerimento_158.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/227/maria_das_dores_viana_11.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/226/maria_das_dores_viana_12.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/225/maria_das_dores_viana_13.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/229/requerimento_19.docx" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/236/dede_taveira.164.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/247/dede.req165.ok.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/248/requerimentos.nena.docx" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/300/requerimento_167.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/251/sol.rqe.169ok.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/249/req.solange.170.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/301/requerimento_171.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/302/requerimento_173.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/291/requerimento_de_raul.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/305/req175raul.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/306/req176raul.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/307/req177raul.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/310/req.marlison178.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/311/req.marlison179.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/312/req.marlison180.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/309/req.solange181..pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/329/requerimento_192025.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/328/requerimento_202025.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/322/requerimento_184.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/323/requerimento_185.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/324/requerimento_186.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/325/requerimento_187.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/326/requerimento_188.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/82/parecer_proj_012_25_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/275/willame_roseno_lima_5.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/274/willame_roseno_lima_parecer_6.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/270/willame_roseno_lima_parecer_7.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/303/parecer_n8_2025_comissao_de_financas.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/96/parecer_proj_01025.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/117/parecer_proj_013_25.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/157/parecer_proj_016_25.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/163/parecer_proj_017_25.docx" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/164/parecer_proj_018_25.docx" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/161/parecer_proj_dec_001_25.docx" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/160/parecer_proj_dec_002_25.docx" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/159/parecer_proj_dec_003_25.docx" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/241/parecer_proj_dec_005_25_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/243/parecer_proj_dec_006_25_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/244/parecer_proj_dec_008_25_28429_assinado.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/242/parecer_proj_dec_009_25_28229_assinado.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/245/parecer_proj_dec_010_25_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/240/parecer_proj_dec_011_25_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/239/parecer_proj_dec_012_25_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/246/parecer_proj_dec_007_25_28229_assinado.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/254/parecer_32.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/255/parecer33.proj34.crg.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/271/parecer34.proj33.crg.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/272/parecer35.proj28.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/273/parecer36.proj29.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/277/parecer37.proj27.crg.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/278/parecer38.proj30.crg.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/279/parecer39.proj32.crg.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/280/parecer40.proj34.crg.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/281/parecer41.proj35.crg.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/282/parecer42.proj36.crg.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/283/parecer43.proj37.crg.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/284/parecer44.proj38.crg.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/285/parecer45.proj39.crg.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/286/parecer46.proj40.crg.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/287/parecer47.proj42.crg.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/288/parecer48.proj43.crg.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/289/parecer_49.decreto13.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/290/parecer50.proj31.crg.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/304/parecer51.proj41.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/330/parecer_n52.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/331/parecer_n53.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/332/parecer_n54.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/333/parecer_n55.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/334/parecer_n56.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/335/parecer_n57.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/336/parecer_n58.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/337/parecer_n59.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/338/veto_1_2025.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/75/ind001_2025.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/95/emnda_modidificativa_ao_pl_10_2025.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/276/emenda01pl2920251106_08260253.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/58/medida_provisoria_01-2025_salario_minimo.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/59/medida_provisorio_02-2025_estabelce_aumento_salarial_para_o_magisterio.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/151/parecer_proj_016_25.docx" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/152/parecer_proj_016_25.docx" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/158/parecer_proj_dec_002_25.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/165/rel_proj_015_25_1.docx" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/232/parecer_proj_dec_005_25.docx" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/233/parecer_proj_dec_012_25.docx" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/234/parecer_proj_dec_009_25_1.docx" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/235/parecer_proj_dec_006_25.docx" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/237/parecer_proj_dec_008_25.docx" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cuitegi.pb.leg.br/media/sapl/public/materialegislativa/2025/238/parecer_proj_dec_007_25.docx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H255"/>
+  <dimension ref="A1:H264"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="50.28515625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="209" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -9226,433 +9338,667 @@
       </c>
       <c r="B240" t="s">
         <v>9</v>
       </c>
       <c r="C240" t="s">
         <v>265</v>
       </c>
       <c r="D240" t="s">
         <v>702</v>
       </c>
       <c r="E240" t="s">
         <v>703</v>
       </c>
       <c r="F240" t="s">
         <v>32</v>
       </c>
       <c r="G240" s="1" t="s">
         <v>808</v>
       </c>
       <c r="H240" t="s">
         <v>809</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
-        <v>372</v>
+        <v>810</v>
       </c>
       <c r="B241" t="s">
         <v>9</v>
       </c>
       <c r="C241" t="s">
-        <v>10</v>
+        <v>811</v>
       </c>
       <c r="D241" t="s">
-        <v>810</v>
+        <v>702</v>
       </c>
       <c r="E241" t="s">
-        <v>811</v>
+        <v>703</v>
       </c>
       <c r="F241" t="s">
         <v>32</v>
       </c>
       <c r="G241" s="1" t="s">
         <v>812</v>
       </c>
       <c r="H241" t="s">
         <v>813</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
-        <v>426</v>
+        <v>814</v>
       </c>
       <c r="B242" t="s">
         <v>9</v>
       </c>
       <c r="C242" t="s">
-        <v>10</v>
+        <v>815</v>
       </c>
       <c r="D242" t="s">
-        <v>814</v>
+        <v>702</v>
       </c>
       <c r="E242" t="s">
-        <v>815</v>
+        <v>703</v>
       </c>
       <c r="F242" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="G242" s="1" t="s">
         <v>816</v>
       </c>
       <c r="H242" t="s">
         <v>817</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
         <v>818</v>
       </c>
       <c r="B243" t="s">
         <v>9</v>
       </c>
       <c r="C243" t="s">
-        <v>17</v>
+        <v>819</v>
       </c>
       <c r="D243" t="s">
-        <v>814</v>
+        <v>702</v>
       </c>
       <c r="E243" t="s">
-        <v>815</v>
+        <v>703</v>
       </c>
       <c r="F243" t="s">
-        <v>53</v>
+        <v>32</v>
       </c>
       <c r="G243" s="1" t="s">
-        <v>819</v>
+        <v>820</v>
       </c>
       <c r="H243" t="s">
-        <v>820</v>
+        <v>821</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
-        <v>322</v>
+        <v>822</v>
       </c>
       <c r="B244" t="s">
         <v>9</v>
       </c>
       <c r="C244" t="s">
-        <v>10</v>
+        <v>314</v>
       </c>
       <c r="D244" t="s">
-        <v>821</v>
+        <v>702</v>
       </c>
       <c r="E244" t="s">
-        <v>822</v>
+        <v>703</v>
+      </c>
+      <c r="F244" t="s">
+        <v>32</v>
       </c>
       <c r="G244" s="1" t="s">
         <v>823</v>
       </c>
       <c r="H244" t="s">
         <v>824</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
-        <v>327</v>
+        <v>825</v>
       </c>
       <c r="B245" t="s">
         <v>9</v>
       </c>
       <c r="C245" t="s">
-        <v>17</v>
+        <v>318</v>
       </c>
       <c r="D245" t="s">
-        <v>821</v>
+        <v>702</v>
       </c>
       <c r="E245" t="s">
-        <v>822</v>
+        <v>703</v>
       </c>
       <c r="F245" t="s">
-        <v>76</v>
+        <v>32</v>
       </c>
       <c r="G245" s="1" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="H245" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
-        <v>587</v>
+        <v>828</v>
       </c>
       <c r="B246" t="s">
         <v>9</v>
       </c>
       <c r="C246" t="s">
-        <v>10</v>
+        <v>829</v>
       </c>
       <c r="D246" t="s">
-        <v>827</v>
+        <v>702</v>
       </c>
       <c r="E246" t="s">
-        <v>828</v>
+        <v>703</v>
       </c>
       <c r="F246" t="s">
         <v>32</v>
       </c>
       <c r="G246" s="1" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
       <c r="H246" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
-        <v>591</v>
+        <v>832</v>
       </c>
       <c r="B247" t="s">
         <v>9</v>
       </c>
       <c r="C247" t="s">
-        <v>17</v>
+        <v>322</v>
       </c>
       <c r="D247" t="s">
-        <v>827</v>
+        <v>702</v>
       </c>
       <c r="E247" t="s">
-        <v>828</v>
+        <v>703</v>
       </c>
       <c r="F247" t="s">
-        <v>831</v>
+        <v>32</v>
       </c>
       <c r="G247" s="1" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="H247" t="s">
-        <v>127</v>
+        <v>834</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
-        <v>611</v>
+        <v>835</v>
       </c>
       <c r="B248" t="s">
         <v>9</v>
       </c>
       <c r="C248" t="s">
-        <v>129</v>
+        <v>327</v>
       </c>
       <c r="D248" t="s">
-        <v>827</v>
+        <v>702</v>
       </c>
       <c r="E248" t="s">
-        <v>828</v>
+        <v>703</v>
       </c>
       <c r="F248" t="s">
         <v>32</v>
       </c>
       <c r="G248" s="1" t="s">
-        <v>833</v>
+        <v>836</v>
       </c>
       <c r="H248" t="s">
-        <v>24</v>
+        <v>837</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
-        <v>635</v>
+        <v>838</v>
       </c>
       <c r="B249" t="s">
         <v>9</v>
       </c>
       <c r="C249" t="s">
-        <v>133</v>
+        <v>10</v>
       </c>
       <c r="D249" t="s">
-        <v>827</v>
+        <v>839</v>
       </c>
       <c r="E249" t="s">
-        <v>828</v>
+        <v>840</v>
       </c>
       <c r="F249" t="s">
-        <v>32</v>
+        <v>76</v>
       </c>
       <c r="G249" s="1" t="s">
-        <v>834</v>
+        <v>841</v>
       </c>
       <c r="H249" t="s">
-        <v>835</v>
+        <v>842</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
-        <v>836</v>
+        <v>372</v>
       </c>
       <c r="B250" t="s">
         <v>9</v>
       </c>
       <c r="C250" t="s">
-        <v>137</v>
+        <v>10</v>
       </c>
       <c r="D250" t="s">
-        <v>827</v>
+        <v>843</v>
       </c>
       <c r="E250" t="s">
-        <v>828</v>
+        <v>844</v>
       </c>
       <c r="F250" t="s">
         <v>32</v>
       </c>
       <c r="G250" s="1" t="s">
-        <v>837</v>
+        <v>845</v>
       </c>
       <c r="H250" t="s">
-        <v>838</v>
+        <v>846</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
-        <v>839</v>
+        <v>426</v>
       </c>
       <c r="B251" t="s">
         <v>9</v>
       </c>
       <c r="C251" t="s">
-        <v>141</v>
+        <v>10</v>
       </c>
       <c r="D251" t="s">
-        <v>827</v>
+        <v>847</v>
       </c>
       <c r="E251" t="s">
-        <v>828</v>
+        <v>848</v>
       </c>
       <c r="F251" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="G251" s="1" t="s">
-        <v>840</v>
+        <v>849</v>
       </c>
       <c r="H251" t="s">
-        <v>841</v>
+        <v>850</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
-        <v>842</v>
+        <v>851</v>
       </c>
       <c r="B252" t="s">
         <v>9</v>
       </c>
       <c r="C252" t="s">
-        <v>145</v>
+        <v>17</v>
       </c>
       <c r="D252" t="s">
-        <v>827</v>
+        <v>847</v>
       </c>
       <c r="E252" t="s">
-        <v>828</v>
+        <v>848</v>
       </c>
       <c r="F252" t="s">
-        <v>32</v>
+        <v>53</v>
       </c>
       <c r="G252" s="1" t="s">
-        <v>843</v>
+        <v>852</v>
       </c>
       <c r="H252" t="s">
-        <v>844</v>
+        <v>853</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
-        <v>845</v>
+        <v>322</v>
       </c>
       <c r="B253" t="s">
         <v>9</v>
       </c>
       <c r="C253" t="s">
-        <v>149</v>
+        <v>10</v>
       </c>
       <c r="D253" t="s">
-        <v>827</v>
+        <v>854</v>
       </c>
       <c r="E253" t="s">
-        <v>828</v>
-[...2 lines deleted...]
-        <v>32</v>
+        <v>855</v>
       </c>
       <c r="G253" s="1" t="s">
-        <v>846</v>
+        <v>856</v>
       </c>
       <c r="H253" t="s">
-        <v>847</v>
+        <v>857</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
-        <v>848</v>
+        <v>327</v>
       </c>
       <c r="B254" t="s">
         <v>9</v>
       </c>
       <c r="C254" t="s">
-        <v>153</v>
+        <v>17</v>
       </c>
       <c r="D254" t="s">
-        <v>827</v>
+        <v>854</v>
       </c>
       <c r="E254" t="s">
-        <v>828</v>
+        <v>855</v>
       </c>
       <c r="F254" t="s">
-        <v>32</v>
+        <v>76</v>
       </c>
       <c r="G254" s="1" t="s">
-        <v>849</v>
+        <v>858</v>
       </c>
       <c r="H254" t="s">
-        <v>850</v>
+        <v>859</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
-        <v>851</v>
+        <v>587</v>
       </c>
       <c r="B255" t="s">
         <v>9</v>
       </c>
       <c r="C255" t="s">
-        <v>157</v>
+        <v>10</v>
       </c>
       <c r="D255" t="s">
-        <v>827</v>
+        <v>860</v>
       </c>
       <c r="E255" t="s">
-        <v>828</v>
+        <v>861</v>
       </c>
       <c r="F255" t="s">
         <v>32</v>
       </c>
       <c r="G255" s="1" t="s">
-        <v>852</v>
+        <v>862</v>
       </c>
       <c r="H255" t="s">
-        <v>853</v>
+        <v>863</v>
+      </c>
+    </row>
+    <row r="256" spans="1:8">
+      <c r="A256" t="s">
+        <v>591</v>
+      </c>
+      <c r="B256" t="s">
+        <v>9</v>
+      </c>
+      <c r="C256" t="s">
+        <v>17</v>
+      </c>
+      <c r="D256" t="s">
+        <v>860</v>
+      </c>
+      <c r="E256" t="s">
+        <v>861</v>
+      </c>
+      <c r="F256" t="s">
+        <v>864</v>
+      </c>
+      <c r="G256" s="1" t="s">
+        <v>865</v>
+      </c>
+      <c r="H256" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="257" spans="1:8">
+      <c r="A257" t="s">
+        <v>611</v>
+      </c>
+      <c r="B257" t="s">
+        <v>9</v>
+      </c>
+      <c r="C257" t="s">
+        <v>129</v>
+      </c>
+      <c r="D257" t="s">
+        <v>860</v>
+      </c>
+      <c r="E257" t="s">
+        <v>861</v>
+      </c>
+      <c r="F257" t="s">
+        <v>32</v>
+      </c>
+      <c r="G257" s="1" t="s">
+        <v>866</v>
+      </c>
+      <c r="H257" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="258" spans="1:8">
+      <c r="A258" t="s">
+        <v>635</v>
+      </c>
+      <c r="B258" t="s">
+        <v>9</v>
+      </c>
+      <c r="C258" t="s">
+        <v>133</v>
+      </c>
+      <c r="D258" t="s">
+        <v>860</v>
+      </c>
+      <c r="E258" t="s">
+        <v>861</v>
+      </c>
+      <c r="F258" t="s">
+        <v>32</v>
+      </c>
+      <c r="G258" s="1" t="s">
+        <v>867</v>
+      </c>
+      <c r="H258" t="s">
+        <v>868</v>
+      </c>
+    </row>
+    <row r="259" spans="1:8">
+      <c r="A259" t="s">
+        <v>869</v>
+      </c>
+      <c r="B259" t="s">
+        <v>9</v>
+      </c>
+      <c r="C259" t="s">
+        <v>137</v>
+      </c>
+      <c r="D259" t="s">
+        <v>860</v>
+      </c>
+      <c r="E259" t="s">
+        <v>861</v>
+      </c>
+      <c r="F259" t="s">
+        <v>32</v>
+      </c>
+      <c r="G259" s="1" t="s">
+        <v>870</v>
+      </c>
+      <c r="H259" t="s">
+        <v>871</v>
+      </c>
+    </row>
+    <row r="260" spans="1:8">
+      <c r="A260" t="s">
+        <v>872</v>
+      </c>
+      <c r="B260" t="s">
+        <v>9</v>
+      </c>
+      <c r="C260" t="s">
+        <v>141</v>
+      </c>
+      <c r="D260" t="s">
+        <v>860</v>
+      </c>
+      <c r="E260" t="s">
+        <v>861</v>
+      </c>
+      <c r="F260" t="s">
+        <v>32</v>
+      </c>
+      <c r="G260" s="1" t="s">
+        <v>873</v>
+      </c>
+      <c r="H260" t="s">
+        <v>874</v>
+      </c>
+    </row>
+    <row r="261" spans="1:8">
+      <c r="A261" t="s">
+        <v>875</v>
+      </c>
+      <c r="B261" t="s">
+        <v>9</v>
+      </c>
+      <c r="C261" t="s">
+        <v>145</v>
+      </c>
+      <c r="D261" t="s">
+        <v>860</v>
+      </c>
+      <c r="E261" t="s">
+        <v>861</v>
+      </c>
+      <c r="F261" t="s">
+        <v>32</v>
+      </c>
+      <c r="G261" s="1" t="s">
+        <v>876</v>
+      </c>
+      <c r="H261" t="s">
+        <v>877</v>
+      </c>
+    </row>
+    <row r="262" spans="1:8">
+      <c r="A262" t="s">
+        <v>878</v>
+      </c>
+      <c r="B262" t="s">
+        <v>9</v>
+      </c>
+      <c r="C262" t="s">
+        <v>149</v>
+      </c>
+      <c r="D262" t="s">
+        <v>860</v>
+      </c>
+      <c r="E262" t="s">
+        <v>861</v>
+      </c>
+      <c r="F262" t="s">
+        <v>32</v>
+      </c>
+      <c r="G262" s="1" t="s">
+        <v>879</v>
+      </c>
+      <c r="H262" t="s">
+        <v>880</v>
+      </c>
+    </row>
+    <row r="263" spans="1:8">
+      <c r="A263" t="s">
+        <v>881</v>
+      </c>
+      <c r="B263" t="s">
+        <v>9</v>
+      </c>
+      <c r="C263" t="s">
+        <v>153</v>
+      </c>
+      <c r="D263" t="s">
+        <v>860</v>
+      </c>
+      <c r="E263" t="s">
+        <v>861</v>
+      </c>
+      <c r="F263" t="s">
+        <v>32</v>
+      </c>
+      <c r="G263" s="1" t="s">
+        <v>882</v>
+      </c>
+      <c r="H263" t="s">
+        <v>883</v>
+      </c>
+    </row>
+    <row r="264" spans="1:8">
+      <c r="A264" t="s">
+        <v>884</v>
+      </c>
+      <c r="B264" t="s">
+        <v>9</v>
+      </c>
+      <c r="C264" t="s">
+        <v>157</v>
+      </c>
+      <c r="D264" t="s">
+        <v>860</v>
+      </c>
+      <c r="E264" t="s">
+        <v>861</v>
+      </c>
+      <c r="F264" t="s">
+        <v>32</v>
+      </c>
+      <c r="G264" s="1" t="s">
+        <v>885</v>
+      </c>
+      <c r="H264" t="s">
+        <v>886</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -9867,50 +10213,59 @@
     <hyperlink ref="G231" r:id="rId230"/>
     <hyperlink ref="G232" r:id="rId231"/>
     <hyperlink ref="G233" r:id="rId232"/>
     <hyperlink ref="G234" r:id="rId233"/>
     <hyperlink ref="G235" r:id="rId234"/>
     <hyperlink ref="G236" r:id="rId235"/>
     <hyperlink ref="G237" r:id="rId236"/>
     <hyperlink ref="G238" r:id="rId237"/>
     <hyperlink ref="G239" r:id="rId238"/>
     <hyperlink ref="G240" r:id="rId239"/>
     <hyperlink ref="G241" r:id="rId240"/>
     <hyperlink ref="G242" r:id="rId241"/>
     <hyperlink ref="G243" r:id="rId242"/>
     <hyperlink ref="G244" r:id="rId243"/>
     <hyperlink ref="G245" r:id="rId244"/>
     <hyperlink ref="G246" r:id="rId245"/>
     <hyperlink ref="G247" r:id="rId246"/>
     <hyperlink ref="G248" r:id="rId247"/>
     <hyperlink ref="G249" r:id="rId248"/>
     <hyperlink ref="G250" r:id="rId249"/>
     <hyperlink ref="G251" r:id="rId250"/>
     <hyperlink ref="G252" r:id="rId251"/>
     <hyperlink ref="G253" r:id="rId252"/>
     <hyperlink ref="G254" r:id="rId253"/>
     <hyperlink ref="G255" r:id="rId254"/>
+    <hyperlink ref="G256" r:id="rId255"/>
+    <hyperlink ref="G257" r:id="rId256"/>
+    <hyperlink ref="G258" r:id="rId257"/>
+    <hyperlink ref="G259" r:id="rId258"/>
+    <hyperlink ref="G260" r:id="rId259"/>
+    <hyperlink ref="G261" r:id="rId260"/>
+    <hyperlink ref="G262" r:id="rId261"/>
+    <hyperlink ref="G263" r:id="rId262"/>
+    <hyperlink ref="G264" r:id="rId263"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>